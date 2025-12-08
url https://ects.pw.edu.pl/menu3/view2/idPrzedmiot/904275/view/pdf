--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -777,51 +777,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W13, K2_W14_KB, K2_W15_KB, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma poszerzoną wiedzę dotyczącą niektórych aspektów projektowania, wykonawstwa i eksploatacji wielokondygnacyjnych budynków o konstrukcji stalowej z węzłami podatnymi.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -911,357 +911,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05, K2_U15_KB, K2_U17_KB, K2_U19_KB</w:t>
+        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB, K2_U19_KB, K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi sporządzić i interpretować rysunki konstrukcyjne budynku o konstrukcji szkieletowej z węzłami podatnymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi sporządzić i interpretować rysunki konstrukcyjne budynku o konstrukcji szkieletowej z węzłami podatnymi.</w:t>
+        <w:t xml:space="preserve">Ma świadomość konieczności podnoszenia kompetencji zawodowych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U10</w:t>
+        <w:t xml:space="preserve">K2_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma świadomość konieczności podnoszenia kompetencji zawodowych.						</w:t>
+        <w:t xml:space="preserve">Rozumie znaczenie odpowiedzialności za efekty swojej pracy. Rzetelnie przedstawia i interpretuje wyniki wykonanej pracy projektowej. 		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów. Wykonanie i obrona projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_K03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie znaczenie i potrafi stosować zasady zrównoważonego rozwoju w budownictwie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K02</w:t>
+        <w:t xml:space="preserve">K2_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KO, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest gotów do kreatywnego rozwiązywania
 zadania związanego z projektowaniem budynku
 szkieletowego z węzłami podatnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>