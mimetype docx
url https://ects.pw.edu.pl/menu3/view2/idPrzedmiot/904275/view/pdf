--- v1 (2025-12-08)
+++ v2 (2026-01-14)
@@ -911,67 +911,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB, K2_U19_KB, K2_U05</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U15_KB, K2_U17_KB, K2_U19_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi sporządzić i interpretować rysunki konstrukcyjne budynku o konstrukcji szkieletowej z węzłami podatnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>