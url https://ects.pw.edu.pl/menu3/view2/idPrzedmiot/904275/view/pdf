--- v2 (2026-01-14)
+++ v3 (2026-02-28)
@@ -997,51 +997,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>