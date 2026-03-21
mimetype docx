--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów. Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W13, K2_W14_KB, K2_W15_KB, K2_W09</w:t>
+        <w:t xml:space="preserve">K2_W09, K2_W13, K2_W14_KB, K2_W15_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -997,51 +997,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>