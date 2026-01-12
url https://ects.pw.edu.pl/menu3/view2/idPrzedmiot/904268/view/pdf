--- v0 (2025-12-08)
+++ v1 (2026-01-12)
@@ -1352,51 +1352,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość pełnej odpowiedzialności za przedstawianą prezentację. Wyczuwa potrzebę przestrzegania zasad etyki zawodowej, typowej dla zawodu zaufania publicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>