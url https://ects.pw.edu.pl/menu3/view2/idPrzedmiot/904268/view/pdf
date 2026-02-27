--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -1046,67 +1046,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawna prezentacja treści zawartych w wybranym temacie seminarium dyplomowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U04, K2_U15_KB, K2_U16_KB, K2_U17_KB, K2_U18_KB, K2_U19_KB</w:t>
+        <w:t xml:space="preserve">K2_U15_KB, K2_U16_KB, K2_U17_KB, K2_U18_KB, K2_U19_KB, K2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UO, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ze zrozumieniem i przekonaniem prezentuje informacje zawarte w opracowywanej prezentacji multimedialnej, jest w stanie prowadzić na ich temat dyskusję i bronić prezentowanego stanowiska, używając argumentów merytorycznych, opartych na współczesnej wiedzy technicznej i zasadach wypływających z nauk podstawowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1352,51 +1352,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość pełnej odpowiedzialności za przedstawianą prezentację. Wyczuwa potrzebę przestrzegania zasad etyki zawodowej, typowej dla zawodu zaufania publicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>