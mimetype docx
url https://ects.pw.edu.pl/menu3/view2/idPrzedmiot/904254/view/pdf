--- v0 (2025-11-01)
+++ v1 (2025-12-08)
@@ -837,51 +837,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w pracy nad projektem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U17_MBP, K2_U18_MBP, K2_U13, K2_U19_MBP, K2_U04</w:t>
+        <w:t xml:space="preserve">K2_U18_MBP, K2_U13, K2_U19_MBP, K2_U04, K2_U06, K2_U17_MBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>