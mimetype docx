--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -773,51 +773,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W07, K2_W13, K2_W15_MBP, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -837,67 +837,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w pracy nad projektem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U18_MBP, K2_U13, K2_U19_MBP, K2_U04, K2_U06, K2_U17_MBP</w:t>
+        <w:t xml:space="preserve">K2_U04, K2_U06, K2_U17_MBP, K2_U18_MBP, K2_U13, K2_U19_MBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UO, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
@@ -917,51 +917,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w pracy nad projektem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K02, K2_K03, K2_K05, K2_K06, K2_K07</w:t>
+        <w:t xml:space="preserve">K2_K06, K2_K07, K2_K02, K2_K03, K2_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>