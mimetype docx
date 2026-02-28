--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -773,51 +773,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W07, K2_W13, K2_W15_MBP, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -837,67 +837,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w pracy nad projektem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U04, K2_U06, K2_U17_MBP, K2_U18_MBP, K2_U13, K2_U19_MBP</w:t>
+        <w:t xml:space="preserve">K2_U17_MBP, K2_U18_MBP, K2_U13, K2_U19_MBP, K2_U04, K2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UO, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
@@ -917,51 +917,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w pracy nad projektem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K06, K2_K07, K2_K02, K2_K03, K2_K05</w:t>
+        <w:t xml:space="preserve">K2_K02, K2_K03, K2_K05, K2_K06, K2_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>