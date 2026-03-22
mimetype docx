--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -757,67 +757,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">na podstawie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W07, K2_W13, K2_W15_MBP, K2_W09</w:t>
+        <w:t xml:space="preserve">K2_W09, K2_W07, K2_W13, K2_W15_MBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -837,67 +837,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w pracy nad projektem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U17_MBP, K2_U18_MBP, K2_U13, K2_U19_MBP, K2_U04, K2_U06</w:t>
+        <w:t xml:space="preserve">K2_U04, K2_U06, K2_U17_MBP, K2_U18_MBP, K2_U13, K2_U19_MBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UO, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>