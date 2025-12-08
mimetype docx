--- v0 (2025-11-01)
+++ v1 (2025-12-08)
@@ -747,51 +747,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena raportu z laboratorium, wygłoszenie odczytu tematycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W10, K2_W18_IPB, K2_W13, K2_W08, K2_W09</w:t>
+        <w:t xml:space="preserve">K2_W13, K2_W08, K2_W09, K2_W10, K2_W18_IPB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>