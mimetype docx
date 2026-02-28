--- v1 (2025-12-08)
+++ v2 (2026-02-28)
@@ -827,51 +827,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie prezentacji z przykładem rozwiązania materiałowo-technologicznego nawierzchni betonowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U07, K2_U09</w:t>
+        <w:t xml:space="preserve">K2_U07, K2_U09, K2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>