--- v0 (2025-11-01)
+++ v1 (2025-12-08)
@@ -817,67 +817,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, test i obrona sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W13, K2_W08, K2_W09, K2_W10, K2_W18_IPB</w:t>
+        <w:t xml:space="preserve">K2_W10, K2_W18_IPB, K2_W13, K2_W08, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>