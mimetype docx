--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -817,51 +817,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, test i obrona sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W10, K2_W18_IPB, K2_W13, K2_W08, K2_W09</w:t>
+        <w:t xml:space="preserve">K2_W08, K2_W09, K2_W10, K2_W18_IPB, K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>