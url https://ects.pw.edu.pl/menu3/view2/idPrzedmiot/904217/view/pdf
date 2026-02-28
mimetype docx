--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -763,271 +763,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W13, K2_W08, K2_W09, K2_W10, K2_W18_IPB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma pogłębioną wiedzę z zakresu doboru składu kompozytów stosowanych w nowych rozwiązaniach technologicznych w budownictwie drogowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny, test i obrona sprawozdania z laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W13, K2_W08, K2_W09, K2_W10, K2_W18_IPB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma pogłębioną wiedzę z zakresu doboru składu kompozytów stosowanych w nowych rozwiązaniach technologicznych w budownictwie drogowym.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić właściwości reologiczne i funkcjonalne lepiszczy i mieszanek mineralno-asfaltowych na podstawie zawansowanych badań laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin pisemny, test i obrona sprawozdania z laboratorium.</w:t>
+        <w:t xml:space="preserve">egzamin, ćwiczenia laboratoryjne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W08, K2_W09, K2_W10, K2_W18_IPB, K2_W13</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U07, K2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ocenić właściwości reologiczne i funkcjonalne lepiszczy i mieszanek mineralno-asfaltowych na podstawie zawansowanych badań laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować skład nowych kompozytów do warstw konstrukcyjnych nawierzchni drogowych spełniających warunki obciążenia i ochrony środowiska. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, ćwiczenia laboratoryjne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U07, K2_U09</w:t>
+        <w:t xml:space="preserve">K2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>