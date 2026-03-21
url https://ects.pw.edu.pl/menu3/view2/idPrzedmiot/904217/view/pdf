--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -747,287 +747,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, test i obrona sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K2_W10, K2_W18_IPB, K2_W13, K2_W08, K2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma pogłębioną wiedzę z zakresu doboru składu kompozytów stosowanych w nowych rozwiązaniach technologicznych w budownictwie drogowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny, test i obrona sprawozdania z laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K2_W13, K2_W08, K2_W09, K2_W10, K2_W18_IPB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma pogłębioną wiedzę z zakresu doboru składu kompozytów stosowanych w nowych rozwiązaniach technologicznych w budownictwie drogowym.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić właściwości reologiczne i funkcjonalne lepiszczy i mieszanek mineralno-asfaltowych na podstawie zawansowanych badań laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin pisemny, test i obrona sprawozdania z laboratorium.</w:t>
+        <w:t xml:space="preserve">egzamin, ćwiczenia laboratoryjne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W13, K2_W08, K2_W09, K2_W10, K2_W18_IPB</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U07, K2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ocenić właściwości reologiczne i funkcjonalne lepiszczy i mieszanek mineralno-asfaltowych na podstawie zawansowanych badań laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować skład nowych kompozytów do warstw konstrukcyjnych nawierzchni drogowych spełniających warunki obciążenia i ochrony środowiska. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, ćwiczenia laboratoryjne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U07, K2_U09</w:t>
+        <w:t xml:space="preserve">K2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>