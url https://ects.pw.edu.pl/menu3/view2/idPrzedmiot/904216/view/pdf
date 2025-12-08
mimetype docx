--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -925,51 +925,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie wykonywania zadania laboratoryjnego, ocena sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U07, K2_U06</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>