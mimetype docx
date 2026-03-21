--- v2 (2026-01-13)
+++ v3 (2026-03-21)
@@ -775,51 +775,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie pisemne całości przedmiotu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W06, K2_W08, K2_W18_IPB</w:t>
+        <w:t xml:space="preserve">K2_W08, K2_W18_IPB, K2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>