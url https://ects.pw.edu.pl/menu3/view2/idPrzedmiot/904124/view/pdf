--- v0 (2025-11-03)
+++ v1 (2026-03-21)
@@ -757,67 +757,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadanie praktyczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W15, K1_W16</w:t>
+        <w:t xml:space="preserve">K1_W16, K1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>