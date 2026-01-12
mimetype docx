--- v0 (2025-10-26)
+++ v1 (2026-01-12)
@@ -771,51 +771,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W05, K1_W07</w:t>
+        <w:t xml:space="preserve">K1_W07, K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -851,51 +851,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U04, K1_U07, K1_U15, K1_U23, K1_U02, K1_U03</w:t>
+        <w:t xml:space="preserve">K1_U03, K1_U04, K1_U07, K1_U15, K1_U23, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1001,67 +1001,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K06, K1_K08</w:t>
+        <w:t xml:space="preserve">K1_K06, K1_K08, K1_K01, K1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość stałego, ciągłego zmieniania się. Potrafi pracować samodzielnie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>