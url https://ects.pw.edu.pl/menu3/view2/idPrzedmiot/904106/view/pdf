--- v1 (2026-01-12)
+++ v2 (2026-03-22)
@@ -771,51 +771,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W07, K1_W05</w:t>
+        <w:t xml:space="preserve">K1_W05, K1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -921,67 +921,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U19, K1_U20, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U19, K1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
@@ -1001,67 +1001,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K06, K1_K08, K1_K01, K1_K02</w:t>
+        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K06, K1_K08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość stałego, ciągłego zmieniania się. Potrafi pracować samodzielnie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>