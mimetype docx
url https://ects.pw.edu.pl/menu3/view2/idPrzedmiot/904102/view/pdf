--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -1191,51 +1191,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawność merytoryczna i zrozumienie treści zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U22, K1_U02, K1_U03, K1_U04, K1_U05, K1_U06, K1_U07, K1_U15</w:t>
+        <w:t xml:space="preserve">K1_U15, K1_U21, K1_U22, K1_U02, K1_U03, K1_U04, K1_U05, K1_U06, K1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1481,67 +1481,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawność merytoryczna, zrozumienie i komunikatywność treści zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K07, K1_K01, K1_K05</w:t>
+        <w:t xml:space="preserve">K1_K01, K1_K05, K1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KO, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość pełnej odpowiedzialności za tworzone dzieło. Wyczuwa potrzebę przestrzegania zasad etyki zawodowej, typowej dla zawodu zaufania publicznego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>