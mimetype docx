--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -1191,67 +1191,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawność merytoryczna i zrozumienie treści zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U15, K1_U21, K1_U22, K1_U02, K1_U03, K1_U04, K1_U05, K1_U06, K1_U07</w:t>
+        <w:t xml:space="preserve">K1_U07, K1_U15, K1_U21, K1_U22, K1_U02, K1_U03, K1_U04, K1_U05, K1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie pozyskiwać informacje i zdobywać wiedzę, korzystając z norm, rozporządzeń oraz innych dostępnych źródeł informacji, w tym źródeł elektronicznych i obcojęzycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1411,67 +1411,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zaangażowania na podstawie zawartości i stopnia wyczerpania zakresu informacji zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K08</w:t>
+        <w:t xml:space="preserve">K1_K02, K1_K08, K1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi w sposób właściwy oceniać procesy i zjawiska zachodzące w budownictwie, precyzować spójne i rzetelne wnioski oraz prezentować je na szerszym forum.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1497,51 +1497,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_K01, K1_K05, K1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KO, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość pełnej odpowiedzialności za tworzone dzieło. Wyczuwa potrzebę przestrzegania zasad etyki zawodowej, typowej dla zawodu zaufania publicznego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>