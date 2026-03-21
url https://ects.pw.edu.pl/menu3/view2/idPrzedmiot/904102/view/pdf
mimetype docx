--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -1191,51 +1191,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawność merytoryczna i zrozumienie treści zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U07, K1_U15, K1_U21, K1_U22, K1_U02, K1_U03, K1_U04, K1_U05, K1_U06</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U22, K1_U02, K1_U03, K1_U04, K1_U05, K1_U06, K1_U07, K1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1411,67 +1411,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zaangażowania na podstawie zawartości i stopnia wyczerpania zakresu informacji zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K02, K1_K08, K1_K01</w:t>
+        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi w sposób właściwy oceniać procesy i zjawiska zachodzące w budownictwie, precyzować spójne i rzetelne wnioski oraz prezentować je na szerszym forum.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1481,67 +1481,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawność merytoryczna, zrozumienie i komunikatywność treści zawartych w opracowywanej prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K01, K1_K05, K1_K07</w:t>
+        <w:t xml:space="preserve">K1_K05, K1_K07, K1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość pełnej odpowiedzialności za tworzone dzieło. Wyczuwa potrzebę przestrzegania zasad etyki zawodowej, typowej dla zawodu zaufania publicznego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>