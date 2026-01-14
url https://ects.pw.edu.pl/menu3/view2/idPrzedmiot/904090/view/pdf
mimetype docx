--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -752,51 +752,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą właściwości i stosowania mieszanek mineralno-asfaltowe do nawierzchni drogowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -806,67 +806,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny,test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W13, K1_W08</w:t>
+        <w:t xml:space="preserve">K1_W08, K1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu technologii nawierzchni asfaltowych i z betonu cementowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1096,67 +1096,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U23, K1_U12, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U23, K1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować indywidualnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>