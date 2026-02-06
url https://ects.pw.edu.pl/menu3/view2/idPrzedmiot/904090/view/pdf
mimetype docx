--- v1 (2026-01-14)
+++ v2 (2026-02-06)
@@ -752,51 +752,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą właściwości i stosowania mieszanek mineralno-asfaltowe do nawierzchni drogowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1026,67 +1026,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U15, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać badania mieszanki mineralno-asfaltowej typu beton asfaltowy oraz ocenić jej właściwości.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1096,51 +1096,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U23, K1_U12</w:t>
+        <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>