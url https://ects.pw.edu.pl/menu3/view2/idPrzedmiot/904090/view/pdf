--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -956,51 +956,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U23, K1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1026,67 +1026,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U15</w:t>
+        <w:t xml:space="preserve">K1_U15, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać badania mieszanki mineralno-asfaltowej typu beton asfaltowy oraz ocenić jej właściwości.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>