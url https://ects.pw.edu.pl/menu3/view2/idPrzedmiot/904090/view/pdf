--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -956,51 +956,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U23, K1_U12</w:t>
+        <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1112,51 +1112,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować indywidualnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>