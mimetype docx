--- v0 (2025-12-08)
+++ v1 (2026-01-13)
@@ -756,347 +756,347 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W05, K1_W01, K1_W04</w:t>
+        <w:t xml:space="preserve">K1_W04, K1_W05, K1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o stosowaniu norm europejskich EUROKOD 7 dotyczących geotechniki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W05, K1_W06, K1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę z zakresu określania  kategorii  geotechnicznej projektowania i sposobu wyznaczania sił i nacisków przekazywanych z konstrukcji nośnej obiektu budowlanego na fundamenty i podłoże.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W04, K1_W05, K1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie zasad projektowania fundamentów bezpośrednich; obliczania  wymiarów, zasad  kształtowania,  metod wyznaczania odporu i sił wewnętrznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W04, K1_W05, K1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna ogólne  zasady obliczania, rozmieszczania i  wykonywanie stosowanych pali.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W05, K1_W06, K1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę z zakresu oceny stanów granicznych
 nośności, stateczności i odkształcalności podłoża
 oraz stanów granicznych użytkowalności obiektu
 budowlanego</w:t>
       </w:r>
     </w:p>
@@ -1259,67 +1259,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U02, K1_U07, K1_U10, K1_U16</w:t>
+        <w:t xml:space="preserve">K1_U16, K1_U02, K1_U07, K1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętność modelowania teoretycznego: podłoża, fundamentów i konstrukcji nośnej obiektu budowlanego oraz  współpracy jako całości lub samego fundamentu z podłożem.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1469,67 +1469,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U09, K1_U10, K1_U16, K1_U06, K1_U07</w:t>
+        <w:t xml:space="preserve">K1_U07, K1_U09, K1_U10, K1_U16, K1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>