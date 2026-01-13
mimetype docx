--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -756,347 +756,347 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W04, K1_W05, K1_W01</w:t>
+        <w:t xml:space="preserve">K1_W01, K1_W04, K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o stosowaniu norm europejskich EUROKOD 7 dotyczących geotechniki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W05, K1_W06, K1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę z zakresu określania  kategorii  geotechnicznej projektowania i sposobu wyznaczania sił i nacisków przekazywanych z konstrukcji nośnej obiektu budowlanego na fundamenty i podłoże.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W04, K1_W05, K1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o stosowaniu norm europejskich EUROKOD 7 dotyczących geotechniki.							</w:t>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie zasad projektowania fundamentów bezpośrednich; obliczania  wymiarów, zasad  kształtowania,  metod wyznaczania odporu i sił wewnętrznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W05, K1_W06, K1_W12</w:t>
+        <w:t xml:space="preserve">K1_W04, K1_W05, K1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę z zakresu określania  kategorii  geotechnicznej projektowania i sposobu wyznaczania sił i nacisków przekazywanych z konstrukcji nośnej obiektu budowlanego na fundamenty i podłoże.							</w:t>
+        <w:t xml:space="preserve">Zna ogólne  zasady obliczania, rozmieszczania i  wykonywanie stosowanych pali.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W04, K1_W05, K1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę z zakresu oceny stanów granicznych
 nośności, stateczności i odkształcalności podłoża
 oraz stanów granicznych użytkowalności obiektu
 budowlanego</w:t>
       </w:r>
     </w:p>
@@ -1189,411 +1189,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U03, K1_U04, K1_U07, K1_U09, K1_U10, K1_U02</w:t>
+        <w:t xml:space="preserve">K1_U09, K1_U10, K1_U02, K1_U03, K1_U04, K1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przyjąć koncepcję posadowienia w zależności od rodzaju konstrukcji nośnej obiektu budowlanego i warunków gruntowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U07, K1_U10, K1_U16, K1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przyjąć koncepcję posadowienia w zależności od rodzaju konstrukcji nośnej obiektu budowlanego i warunków gruntowych.							</w:t>
+        <w:t xml:space="preserve">Ma umiejętność modelowania teoretycznego: podłoża, fundamentów i konstrukcji nośnej obiektu budowlanego oraz  współpracy jako całości lub samego fundamentu z podłożem.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U16, K1_U02, K1_U07, K1_U10</w:t>
+        <w:t xml:space="preserve">K1_U04, K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma umiejętność modelowania teoretycznego: podłoża, fundamentów i konstrukcji nośnej obiektu budowlanego oraz  współpracy jako całości lub samego fundamentu z podłożem.							</w:t>
+        <w:t xml:space="preserve">Potrafi określić nośność pali pojedynczych i rozmieścić pale pod fundamentami.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U04, K1_U09</w:t>
+        <w:t xml:space="preserve">K1_U07, K1_U09, K1_U10, K1_U16, K1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawowe kompetencje do projektowania i wykonawstwa posadowień bezpośrednich i pośrednich.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U06, K1_U07, K1_U09, K1_U10, K1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić nośność pali pojedynczych i rozmieścić pale pod fundamentami.							</w:t>
+        <w:t xml:space="preserve">Rozumie znaczenie odpowiedzialności w działalności geotechnicznej, w tym rzetelność przedstawiania wyników badań, oceny nośności i odkształcalności fundamentów i podłoża gruntowego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
+        <w:t xml:space="preserve">Egzamin, projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U05, K1_U07, K1_U09, K1_U10, K1_U16</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K08</w:t>
+        <w:t xml:space="preserve">K1_K02, K1_K08, K1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>