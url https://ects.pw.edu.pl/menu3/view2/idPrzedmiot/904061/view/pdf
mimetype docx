--- v2 (2026-01-13)
+++ v3 (2026-02-04)
@@ -896,67 +896,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W04, K1_W05, K1_W06</w:t>
+        <w:t xml:space="preserve">K1_W06, K1_W04, K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie zasad projektowania fundamentów bezpośrednich; obliczania  wymiarów, zasad  kształtowania,  metod wyznaczania odporu i sił wewnętrznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1189,67 +1189,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U09, K1_U10, K1_U02, K1_U03, K1_U04, K1_U07</w:t>
+        <w:t xml:space="preserve">K1_U10, K1_U02, K1_U03, K1_U04, K1_U07, K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przyjąć koncepcję posadowienia w zależności od rodzaju konstrukcji nośnej obiektu budowlanego i warunków gruntowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1399,67 +1399,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U07, K1_U09, K1_U10, K1_U16, K1_U05</w:t>
+        <w:t xml:space="preserve">K1_U09, K1_U10, K1_U16, K1_U05, K1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawowe kompetencje do projektowania i wykonawstwa posadowień bezpośrednich i pośrednich.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1549,51 +1549,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K02, K1_K08, K1_K01</w:t>
+        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>