--- v3 (2026-02-04)
+++ v4 (2026-02-27)
@@ -896,137 +896,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K1_W04, K1_W05, K1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie zasad projektowania fundamentów bezpośrednich; obliczania  wymiarów, zasad  kształtowania,  metod wyznaczania odporu i sił wewnętrznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K1_W06, K1_W04, K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna ogólne  zasady obliczania, rozmieszczania i  wykonywanie stosowanych pali.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1109,67 +1109,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin końcowy, kolokwia, projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W04, K1_W05, K1_W06</w:t>
+        <w:t xml:space="preserve">K1_W05, K1_W06, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1189,67 +1189,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U10, K1_U02, K1_U03, K1_U04, K1_U07, K1_U09</w:t>
+        <w:t xml:space="preserve">K1_U03, K1_U04, K1_U07, K1_U09, K1_U10, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przyjąć koncepcję posadowienia w zależności od rodzaju konstrukcji nośnej obiektu budowlanego i warunków gruntowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1259,277 +1259,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U07, K1_U10, K1_U16, K1_U02</w:t>
+        <w:t xml:space="preserve">K1_U10, K1_U16, K1_U02, K1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma umiejętność modelowania teoretycznego: podłoża, fundamentów i konstrukcji nośnej obiektu budowlanego oraz  współpracy jako całości lub samego fundamentu z podłożem.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U04, K1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma umiejętność modelowania teoretycznego: podłoża, fundamentów i konstrukcji nośnej obiektu budowlanego oraz  współpracy jako całości lub samego fundamentu z podłożem.							</w:t>
+        <w:t xml:space="preserve">Potrafi określić nośność pali pojedynczych i rozmieścić pale pod fundamentami.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U04, K1_U09</w:t>
+        <w:t xml:space="preserve">K1_U05, K1_U07, K1_U09, K1_U10, K1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić nośność pali pojedynczych i rozmieścić pale pod fundamentami.							</w:t>
+        <w:t xml:space="preserve">Ma podstawowe kompetencje do projektowania i wykonawstwa posadowień bezpośrednich i pośrednich.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U09, K1_U10, K1_U16, K1_U05, K1_U07</w:t>
+        <w:t xml:space="preserve">K1_U06, K1_U07, K1_U09, K1_U10, K1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>