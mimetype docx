--- v4 (2026-02-27)
+++ v5 (2026-03-21)
@@ -826,207 +826,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W05, K1_W06, K1_W12</w:t>
+        <w:t xml:space="preserve">K1_W06, K1_W12, K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę z zakresu określania  kategorii  geotechnicznej projektowania i sposobu wyznaczania sił i nacisków przekazywanych z konstrukcji nośnej obiektu budowlanego na fundamenty i podłoże.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W04, K1_W05, K1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę z zakresu określania  kategorii  geotechnicznej projektowania i sposobu wyznaczania sił i nacisków przekazywanych z konstrukcji nośnej obiektu budowlanego na fundamenty i podłoże.							</w:t>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie zasad projektowania fundamentów bezpośrednich; obliczania  wymiarów, zasad  kształtowania,  metod wyznaczania odporu i sił wewnętrznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W04, K1_W05, K1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna ogólne  zasady obliczania, rozmieszczania i  wykonywanie stosowanych pali.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1109,67 +1109,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin końcowy, kolokwia, projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W05, K1_W06, K1_W04</w:t>
+        <w:t xml:space="preserve">K1_W04, K1_W05, K1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1189,51 +1189,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U03, K1_U04, K1_U07, K1_U09, K1_U10, K1_U02</w:t>
+        <w:t xml:space="preserve">K1_U07, K1_U09, K1_U10, K1_U02, K1_U03, K1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1259,67 +1259,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U10, K1_U16, K1_U02, K1_U07</w:t>
+        <w:t xml:space="preserve">K1_U07, K1_U10, K1_U16, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętność modelowania teoretycznego: podłoża, fundamentów i konstrukcji nośnej obiektu budowlanego oraz  współpracy jako całości lub samego fundamentu z podłożem.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1329,191 +1329,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U04, K1_U09</w:t>
+        <w:t xml:space="preserve">K1_U09, K1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić nośność pali pojedynczych i rozmieścić pale pod fundamentami.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U05, K1_U07, K1_U09, K1_U10, K1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić nośność pali pojedynczych i rozmieścić pale pod fundamentami.							</w:t>
+        <w:t xml:space="preserve">Ma podstawowe kompetencje do projektowania i wykonawstwa posadowień bezpośrednich i pośrednich.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,  projekty, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U05, K1_U07, K1_U09, K1_U10, K1_U16</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K1_U06, K1_U07, K1_U09, K1_U10, K1_U16</w:t>
+        <w:t xml:space="preserve">K1_U16, K1_U06, K1_U07, K1_U09, K1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>