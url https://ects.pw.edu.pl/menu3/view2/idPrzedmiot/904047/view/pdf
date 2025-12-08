--- v0 (2025-10-31)
+++ v1 (2025-12-08)
@@ -1131,67 +1131,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie laboratorium; egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U15, K1_U23, K1_U03, K1_U10, K1_U12</w:t>
+        <w:t xml:space="preserve">K1_U03, K1_U10, K1_U12, K1_U15, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi korzystać z podstawowych norm dotyczących projektowania konstrukcji żelbetowych oraz określania obciążeń działających na budynki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1217,51 +1217,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie sklasyfikować proste budynki i konstrukcje z betonu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>