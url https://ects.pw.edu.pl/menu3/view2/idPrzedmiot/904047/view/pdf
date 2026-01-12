--- v1 (2025-12-08)
+++ v2 (2026-01-12)
@@ -1217,51 +1217,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie sklasyfikować proste budynki i konstrukcje z betonu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1287,51 +1287,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U03, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość podnoszenia kompetencji. Potrafi samodzielnie planować własne uczenie się.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>