--- v2 (2026-01-12)
+++ v3 (2026-02-27)
@@ -787,551 +787,551 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową, ogólną wiedzę na temat projektowania budynków i budowli z betonu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie i obrona projektu, egzamin końcowy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową, ogólną wiedzę na temat projektowania budynków i budowli z betonu.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych badań materiałów używanych w konstrukcjach z betonu. Ma podstawową wiedzę na temat rzeczywistego zachowania się elementów z betonu oraz ich badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykonanie i obrona projektu, egzamin końcowy</w:t>
+        <w:t xml:space="preserve">Zaliczenie laboratorium; egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych badań materiałów używanych w konstrukcjach z betonu. Ma podstawową wiedzę na temat rzeczywistego zachowania się elementów z betonu oraz ich badań.</w:t>
+        <w:t xml:space="preserve">Umie zaprojektować proste słupy, fundamenty i schody  zelbetowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Obrona projektu; egzamin końcowy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U03, K1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zdefiniować modele obliczeniowe (schematy statyczne) służące do analizy (komputerowej lub innymi metodami) prostych budynków żelbetowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obrona projektu; egzamin końcowy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić badania cech mechanicznych betonu i stali zbrojeniowej oraz prostych elementów konstrukcji żelbetowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie laboratorium; egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W05</w:t>
+        <w:t xml:space="preserve">K1_U03, K1_U10, K1_U12, K1_U15, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie zaprojektować proste słupy, fundamenty i schody  zelbetowe.</w:t>
+        <w:t xml:space="preserve">Potrafi korzystać z podstawowych norm dotyczących projektowania konstrukcji żelbetowych oraz określania obciążeń działających na budynki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Obrona projektu; egzamin końcowy</w:t>
+        <w:t xml:space="preserve">Obrona projektu; egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U03, K1_U07</w:t>
+        <w:t xml:space="preserve">K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zdefiniować modele obliczeniowe (schematy statyczne) służące do analizy (komputerowej lub innymi metodami) prostych budynków żelbetowych.</w:t>
+        <w:t xml:space="preserve">Umie sklasyfikować proste budynki i konstrukcje z betonu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Obrona projektu; egzamin końcowy</w:t>
+        <w:t xml:space="preserve">Egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U04</w:t>
+        <w:t xml:space="preserve">K1_U03, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość podnoszenia kompetencji. Potrafi samodzielnie planować własne uczenie się.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>