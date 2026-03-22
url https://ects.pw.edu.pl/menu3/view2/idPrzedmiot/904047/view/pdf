--- v3 (2026-02-27)
+++ v4 (2026-03-22)
@@ -787,51 +787,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową, ogólną wiedzę na temat projektowania budynków i budowli z betonu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>