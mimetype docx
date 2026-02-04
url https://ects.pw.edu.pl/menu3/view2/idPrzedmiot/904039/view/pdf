--- v1 (2026-01-15)
+++ v2 (2026-02-04)
@@ -1121,51 +1121,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie pracować samodzielnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>