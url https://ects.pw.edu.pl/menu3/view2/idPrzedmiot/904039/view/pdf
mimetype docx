--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -971,201 +971,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie posługiwać się w stopniu podstawowym wybranym oprogramowaniem komputerowym i potrafi wykorzystać te narzędzia do rozwiązywania zadań z wybranych działów geometrii wykreślnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdziany pisemne i prace domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie posługiwać się w stopniu podstawowym wybranym oprogramowaniem komputerowym i potrafi wykorzystać te narzędzia do rozwiązywania zadań z wybranych działów geometrii wykreślnej.</w:t>
+        <w:t xml:space="preserve">Przestrzega ustalonych terminów wykonania prac projektowych oraz punkualności na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdziany pisemne i prace domowe.</w:t>
+        <w:t xml:space="preserve">Ocena terminowości wykonania prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U09</w:t>
+        <w:t xml:space="preserve">K1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie pracować samodzielnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>