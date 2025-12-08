--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -817,67 +817,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zdanie egzaminu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W06, K1_W13</w:t>
+        <w:t xml:space="preserve">K1_W13, K1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -897,67 +897,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U16</w:t>
+        <w:t xml:space="preserve">K1_U16, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>