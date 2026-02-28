--- v1 (2025-12-08)
+++ v2 (2026-02-28)
@@ -817,67 +817,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zdanie egzaminu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W13, K1_W06</w:t>
+        <w:t xml:space="preserve">K1_W06, K1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>