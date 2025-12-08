--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -1043,67 +1043,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U19, K1_U20</w:t>
+        <w:t xml:space="preserve">K1_U20, K1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>