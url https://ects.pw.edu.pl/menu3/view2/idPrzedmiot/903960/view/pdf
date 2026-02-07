--- v1 (2025-12-08)
+++ v2 (2026-02-07)
@@ -769,341 +769,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie przebiegu procesu realizacji inwestycji budowlanych oraz praw i obowiązków uczestników tego procesu.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W13, K1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o strukturze i funkcjach organów administracji publicznej odpowiedzialnych za reglamentację i nadzór nad działalnością w zakresie procesu inwestycyjno-budowlanego									</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie przebiegu procesu realizacji inwestycji budowlanych oraz praw i obowiązków uczestników tego procesu.													</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się źródłami prawa oraz orzecznictwem sądów administracyjnych z zakresu procesu inwestycyjno-budowlanego w celu analizowania sytuacji faktycznych.								</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W13, K1_W14</w:t>
+        <w:t xml:space="preserve">K1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o strukturze i funkcjach organów administracji publicznej odpowiedzialnych za reglamentację i nadzór nad działalnością w zakresie procesu inwestycyjno-budowlanego									</w:t>
+        <w:t xml:space="preserve">Potrafi rekonstruować na podstawie przepisów prawa i aktów administracyjnych obowiązki uczestników procesu budowlanego oraz właścicieli i zarządców obiektów budowlanych.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W14</w:t>
+        <w:t xml:space="preserve">K1_U19, K1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>