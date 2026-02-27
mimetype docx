--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -769,51 +769,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie przebiegu procesu realizacji inwestycji budowlanych oraz praw i obowiązków uczestników tego procesu.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -839,51 +839,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W13, K1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o strukturze i funkcjach organów administracji publicznej odpowiedzialnych za reglamentację i nadzór nad działalnością w zakresie procesu inwestycyjno-budowlanego									</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>