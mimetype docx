--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -751,51 +751,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W04, K1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>