--- v1 (2025-12-08)
+++ v2 (2026-01-12)
@@ -751,51 +751,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W04, K1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -831,51 +831,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U04, K1_U06, K1_U09, K1_U20, K1_U23, K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UU, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>