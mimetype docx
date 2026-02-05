--- v2 (2026-01-12)
+++ v3 (2026-02-05)
@@ -815,51 +815,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja wyników projektu obliczeniowego na forum grupy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U04, K1_U06, K1_U09, K1_U20, K1_U23, K1_U01</w:t>
+        <w:t xml:space="preserve">K1_U01, K1_U04, K1_U06, K1_U09, K1_U20, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UU, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>