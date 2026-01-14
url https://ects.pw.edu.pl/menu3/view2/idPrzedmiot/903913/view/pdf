--- v0 (2025-12-08)
+++ v1 (2026-01-14)
@@ -1000,51 +1000,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować skład mieszanki mineralnej i mieszanki mineralno-asfaltowej o ciągłym uziarnieniu typu beton asfaltowy.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1054,51 +1054,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U15</w:t>
+        <w:t xml:space="preserve">K1_U15, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>