--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1000,51 +1000,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować skład mieszanki mineralnej i mieszanki mineralno-asfaltowej o ciągłym uziarnieniu typu beton asfaltowy.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1054,67 +1054,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U15, K1_U21</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać badania mieszanki mineralno-asfaltowej typu beton asfaltowy oraz ocenić jej właściwości.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>