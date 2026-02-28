--- v2 (2026-02-04)
+++ v3 (2026-02-28)
@@ -834,427 +834,427 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K1_W13, K1_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu technologii nawierzchni asfaltowych i z betonu cementowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K1_W08, K1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu technologii nawierzchni asfaltowych i z betonu cementowego.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać badania asfaltów i materiałów mineralnych stosowanych w budownictwie drogowym oraz ocenić ich właściwości oraz jakość.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W08, K1_W13</w:t>
+        <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać badania asfaltów i materiałów mineralnych stosowanych w budownictwie drogowym oraz ocenić ich właściwości oraz jakość.														</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować skład mieszanki mineralnej i mieszanki mineralno-asfaltowej o ciągłym uziarnieniu typu beton asfaltowy.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K1_U15, K1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać badania mieszanki mineralno-asfaltowej typu beton asfaltowy oraz ocenić jej właściwości.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K1_U12, K1_U21, K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować skład mieszanki mineralnej i mieszanki mineralno-asfaltowej o ciągłym uziarnieniu typu beton asfaltowy.					</w:t>
+        <w:t xml:space="preserve">Potrafi pracować indywidualnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test i zaliczenie sprawozdania z laboratorium.</w:t>
+        <w:t xml:space="preserve">Zaliczenie sprawozdania z laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U15</w:t>
+        <w:t xml:space="preserve">K1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>