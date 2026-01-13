--- v0 (2025-11-04)
+++ v1 (2026-01-13)
@@ -822,67 +822,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U07, K1_U09, K1_U10</w:t>
+        <w:t xml:space="preserve">K1_U07, K1_U21, K1_U09, K1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie korzystać z przepisów projektowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>