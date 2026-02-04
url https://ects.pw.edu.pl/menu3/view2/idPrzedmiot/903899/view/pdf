--- v1 (2026-01-13)
+++ v2 (2026-02-04)
@@ -822,51 +822,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U07, K1_U21, K1_U09, K1_U10</w:t>
+        <w:t xml:space="preserve">K1_U21, K1_U07, K1_U09, K1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>