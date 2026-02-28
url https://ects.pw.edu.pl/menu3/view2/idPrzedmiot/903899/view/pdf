--- v2 (2026-02-04)
+++ v3 (2026-02-28)
@@ -822,51 +822,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U21, K1_U07, K1_U09, K1_U10</w:t>
+        <w:t xml:space="preserve">K1_U07, K1_U09, K1_U10, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>