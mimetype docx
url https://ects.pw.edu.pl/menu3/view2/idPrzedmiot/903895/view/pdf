--- v0 (2025-12-08)
+++ v1 (2026-01-12)
@@ -939,51 +939,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi prowadzić obliczenia inżynierskie z wykorzystaniem takich narzędzi jak arkusz kalkulacyjny i pomocnik matematyczny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>