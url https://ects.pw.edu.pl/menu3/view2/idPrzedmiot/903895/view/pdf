--- v1 (2026-01-12)
+++ v2 (2026-01-13)
@@ -789,51 +789,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W01, K1_W07, K1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -939,51 +939,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi prowadzić obliczenia inżynierskie z wykorzystaniem takich narzędzi jak arkusz kalkulacyjny i pomocnik matematyczny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>