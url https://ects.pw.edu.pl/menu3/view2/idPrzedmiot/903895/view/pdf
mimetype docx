--- v2 (2026-01-13)
+++ v3 (2026-01-14)
@@ -773,51 +773,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W01, K1_W07, K1_W15</w:t>
+        <w:t xml:space="preserve">K1_W07, K1_W15, K1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>