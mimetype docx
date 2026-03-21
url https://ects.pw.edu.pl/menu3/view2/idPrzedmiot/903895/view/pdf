--- v3 (2026-01-14)
+++ v4 (2026-03-21)
@@ -773,67 +773,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W07, K1_W15, K1_W01</w:t>
+        <w:t xml:space="preserve">K1_W01, K1_W07, K1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -869,51 +869,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wybrać odpowiednie narzędzia do rozwiązania określonego problemu informatycznego i wykorzystać je w prawidłowy sposób.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>