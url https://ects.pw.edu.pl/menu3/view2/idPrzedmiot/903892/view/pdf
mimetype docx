--- v0 (2025-11-04)
+++ v1 (2025-12-08)
@@ -818,67 +818,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W04, K1_W01</w:t>
+        <w:t xml:space="preserve">K1_W01, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o stosowaniu norm europejskich EUROKOD 7 dotyczących geotechniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1186,67 +1186,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U16, K1_U21, K1_U02, K1_U10</w:t>
+        <w:t xml:space="preserve">K1_U10, K1_U16, K1_U21, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać odpowiednie badania terenowe i laboratoryjne gruntu w celu oceny:
 dopuszczalnych naprężeń w gruncie, filtracji w ośrodku gruntowym, ściśliwości gruntu, konsolidacji podłoża gruntowego, sztywności podłoża gruntowego, osiadania gruntu, wytrzymałości gruntu na ścinanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1257,67 +1257,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U16, K1_U01, K1_U10, K1_U15</w:t>
+        <w:t xml:space="preserve">K1_U10, K1_U15, K1_U16, K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma kompetencje  do wykonywania badań laboratoryjnych, terenowych i opracowywania dokumentacji  geotechnicznych  wraz z oceną parametrów fizycznych i mechanicznych gruntu na podstawie wykonanych badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1477,67 +1477,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K06, K1_K08</w:t>
+        <w:t xml:space="preserve">K1_K08, K1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">