--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -764,51 +764,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W01, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe i uzupełniające jednostki miar, właściwości fizycznych i mechanicznych oraz stanów naprężeń i odkształceń ośrodka gruntowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1116,67 +1116,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U10, K1_U16</w:t>
+        <w:t xml:space="preserve">K1_U16, K1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać oceny obiektu budowlanego, ustalić  wartości właściwości  geotechnicznych gruntu, ustalić stopień skomplikowania warunków geotechnicznych oraz na tej podstawie kategorię geotechniczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1273,271 +1273,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U10, K1_U15, K1_U16, K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma kompetencje  do wykonywania badań laboratoryjnych, terenowych i opracowywania dokumentacji  geotechnicznych  wraz z oceną parametrów fizycznych i mechanicznych gruntu na podstawie wykonanych badań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U08, K1_U10, K1_U15, K1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma kompetencje  do wykonywania badań laboratoryjnych, terenowych i opracowywania dokumentacji  geotechnicznych  wraz z oceną parametrów fizycznych i mechanicznych gruntu na podstawie wykonanych badań.</w:t>
+        <w:t xml:space="preserve">Rozumie znaczenie odpowiedzialności geotechnicznej, w tym rzetelności wyników badań, oceny nośności i odkształcalności podłoża gruntowego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U08, K1_U10, K1_U15, K1_U16</w:t>
+        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K06, K1_K08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie znaczenie odpowiedzialności geotechnicznej, w tym rzetelności wyników badań, oceny nośności i odkształcalności podłoża gruntowego. </w:t>
+        <w:t xml:space="preserve">Ma świadomość ochrony i zachowanie ekologiczności podłoża gruntowego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
+        <w:t xml:space="preserve">Egzamin, laboratoria.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_K01, K1_K02, K1_K06, K1_K08</w:t>
+        <w:t xml:space="preserve">K1_K06, K1_K08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">