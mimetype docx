--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -764,121 +764,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W01, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe i uzupełniające jednostki miar, właściwości fizycznych i mechanicznych oraz stanów naprężeń i odkształceń ośrodka gruntowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W01, K1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o stosowaniu norm europejskich EUROKOD 7 dotyczących geotechniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1116,67 +1116,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U16, K1_U10</w:t>
+        <w:t xml:space="preserve">K1_U10, K1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać oceny obiektu budowlanego, ustalić  wartości właściwości  geotechnicznych gruntu, ustalić stopień skomplikowania warunków geotechnicznych oraz na tej podstawie kategorię geotechniczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1202,51 +1202,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U10, K1_U16, K1_U21, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać odpowiednie badania terenowe i laboratoryjne gruntu w celu oceny:
 dopuszczalnych naprężeń w gruncie, filtracji w ośrodku gruntowym, ściśliwości gruntu, konsolidacji podłoża gruntowego, sztywności podłoża gruntowego, osiadania gruntu, wytrzymałości gruntu na ścinanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1257,67 +1257,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U10, K1_U15, K1_U16, K1_U01</w:t>
+        <w:t xml:space="preserve">K1_U16, K1_U01, K1_U10, K1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma kompetencje  do wykonywania badań laboratoryjnych, terenowych i opracowywania dokumentacji  geotechnicznych  wraz z oceną parametrów fizycznych i mechanicznych gruntu na podstawie wykonanych badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>