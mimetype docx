--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -834,51 +834,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W01, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o stosowaniu norm europejskich EUROKOD 7 dotyczących geotechniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -966,51 +966,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W01, K1_W05, K1_W06</w:t>
+        <w:t xml:space="preserve">K1_W05, K1_W06, K1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1186,51 +1186,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U10, K1_U16, K1_U21, K1_U02</w:t>
+        <w:t xml:space="preserve">K1_U02, K1_U10, K1_U16, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1257,51 +1257,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U16, K1_U01, K1_U10, K1_U15</w:t>
+        <w:t xml:space="preserve">K1_U10, K1_U15, K1_U16, K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1327,67 +1327,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, laboratoria, kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U08, K1_U10, K1_U15, K1_U16</w:t>
+        <w:t xml:space="preserve">K1_U10, K1_U15, K1_U16, K1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>