--- v0 (2025-11-03)
+++ v1 (2025-12-08)
@@ -1053,51 +1053,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest wdrożony do punktualności i przestrzegania ustalonych terminów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>