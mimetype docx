--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -973,51 +973,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>