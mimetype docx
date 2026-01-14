--- v2 (2026-01-13)
+++ v3 (2026-01-14)
@@ -753,271 +753,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W01, K1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna trzy metody wzajemnie jednoznacznego odwzorowania przestrzeni na płaszczyznę: rzut środkowy, rzut równoległy ukośny i rzut równoległy prostokątny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdziany pisemne i prace domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W01, K1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna trzy metody wzajemnie jednoznacznego odwzorowania przestrzeni na płaszczyznę: rzut środkowy, rzut równoległy ukośny i rzut równoległy prostokątny.</w:t>
+        <w:t xml:space="preserve">Umie analizować relacje pomiędzy elementami przestrzeni.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany pisemne i prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W01, K1_W02</w:t>
+        <w:t xml:space="preserve">K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie analizować relacje pomiędzy elementami przestrzeni.</w:t>
+        <w:t xml:space="preserve">Potrafi analizować własności brył wielościennych przedstawionych w perspektywie, aksonometrii lub rzutach Monge'a.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany pisemne i prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>