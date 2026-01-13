--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -933,51 +933,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U01, K2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, I.P7S_UU, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma przygotowanie niezbędne do pracy w środowisku przemysłowym i kierowania zespołami, potrafi współdziałać i pracować w grupie, przyjmując w niej różne funkcje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>