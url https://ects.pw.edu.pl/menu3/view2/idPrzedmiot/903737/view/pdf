--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -1086,51 +1086,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się zaawansowanym narzędziem do komputerowego wspomagania projektowania instalacji w przemyśle chemicznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>