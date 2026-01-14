--- v1 (2025-12-08)
+++ v2 (2026-01-14)
@@ -1000,67 +1000,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">referat, sprawozdanie, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U04, K2_U05, K2_U06</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U04, K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P6S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi modelować przebieg procesów chemicznych w reaktorach pod kątem uzyskania różnego typu efektów pracy reaktora.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1086,51 +1086,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się zaawansowanym narzędziem do komputerowego wspomagania projektowania instalacji w przemyśle chemicznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>