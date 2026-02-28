--- v2 (2026-01-14)
+++ v3 (2026-02-28)
@@ -946,51 +946,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać projekt procesu polegający na jego modelowaniu matematycznym (uwzględniając zasady intensyfikacji i właściwego doboru parametrów poszczególnych elementów procesowych na poziomie mniejszej skali) oraz poprawy efektywności działania całej instalacji poprzez właściwe zintegrowanie poszczególnych jej elementów w skali największej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1000,67 +1000,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">referat, sprawozdanie, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U04, K2_U05</w:t>
+        <w:t xml:space="preserve">K2_U04, K2_U05, K2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P6S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi modelować przebieg procesów chemicznych w reaktorach pod kątem uzyskania różnego typu efektów pracy reaktora.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>