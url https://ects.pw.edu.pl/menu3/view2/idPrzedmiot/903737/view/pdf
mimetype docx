--- v3 (2026-02-28)
+++ v4 (2026-03-23)
@@ -946,51 +946,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać projekt procesu polegający na jego modelowaniu matematycznym (uwzględniając zasady intensyfikacji i właściwego doboru parametrów poszczególnych elementów procesowych na poziomie mniejszej skali) oraz poprawy efektywności działania całej instalacji poprzez właściwe zintegrowanie poszczególnych jej elementów w skali największej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1000,67 +1000,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">referat, sprawozdanie, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U04, K2_U05, K2_U06</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U04, K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P6S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi modelować przebieg procesów chemicznych w reaktorach pod kątem uzyskania różnego typu efektów pracy reaktora.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>