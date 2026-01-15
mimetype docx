--- v0 (2025-11-03)
+++ v1 (2026-01-15)
@@ -835,51 +835,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę niezbędną do prowadzenia badań doświadczalnych z uwzględnieniem zjawisk przenoszenia pędu, masy i energii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>