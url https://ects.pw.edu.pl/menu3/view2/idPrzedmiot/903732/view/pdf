--- v1 (2026-01-15)
+++ v2 (2026-02-28)
@@ -1265,51 +1265,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi modelować przebieg procesów chemicznych i biochemicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>