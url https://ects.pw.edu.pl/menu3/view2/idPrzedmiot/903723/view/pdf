--- v0 (2025-11-03)
+++ v1 (2025-12-09)
@@ -786,51 +786,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W01, K2_W02, K2_W03, K2_W08</w:t>
+        <w:t xml:space="preserve">K2_W08, K2_W01, K2_W02, K2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -872,51 +872,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W02, K2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>