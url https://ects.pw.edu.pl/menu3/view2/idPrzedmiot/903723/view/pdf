--- v1 (2025-12-09)
+++ v2 (2026-01-12)
@@ -786,51 +786,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W08, K2_W01, K2_W02, K2_W03</w:t>
+        <w:t xml:space="preserve">K2_W01, K2_W02, K2_W03, K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -856,67 +856,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W02, K2_W04</w:t>
+        <w:t xml:space="preserve">K2_W04, K2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>