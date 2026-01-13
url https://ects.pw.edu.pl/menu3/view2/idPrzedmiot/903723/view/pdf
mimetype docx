--- v2 (2026-01-12)
+++ v3 (2026-01-13)
@@ -856,67 +856,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W04, K2_W02</w:t>
+        <w:t xml:space="preserve">K2_W02, K2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>