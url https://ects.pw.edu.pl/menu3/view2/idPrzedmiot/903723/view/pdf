--- v3 (2026-01-13)
+++ v4 (2026-02-28)
@@ -786,67 +786,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W01, K2_W02, K2_W03, K2_W08</w:t>
+        <w:t xml:space="preserve">K2_W03, K2_W08, K2_W01, K2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma rozszerzoną wiedzę niezbędną do zrozumienia do podstaw fizycznych i chemicznych procesów oczyszczania cieczy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>