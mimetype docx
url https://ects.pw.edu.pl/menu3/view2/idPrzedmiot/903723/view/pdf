--- v4 (2026-02-28)
+++ v5 (2026-03-21)
@@ -786,67 +786,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W08, K2_W01, K2_W02</w:t>
+        <w:t xml:space="preserve">K2_W01, K2_W02, K2_W03, K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma rozszerzoną wiedzę niezbędną do zrozumienia do podstaw fizycznych i chemicznych procesów oczyszczania cieczy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1092,51 +1092,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>