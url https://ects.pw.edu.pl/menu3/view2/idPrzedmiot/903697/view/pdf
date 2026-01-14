--- v2 (2026-01-13)
+++ v3 (2026-01-14)
@@ -928,51 +928,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętności pozwalające na prowadzenie efektywnego procesu samokształcenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1218,51 +1218,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przekazać informacje o osiągnięciach inżynierii chemicznej i procesowej i różnych aspektach zawodu inżyniera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>