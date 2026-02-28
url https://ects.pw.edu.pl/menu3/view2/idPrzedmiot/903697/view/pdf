--- v3 (2026-01-14)
+++ v4 (2026-02-28)
@@ -1052,51 +1052,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca domowa, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05, K2_U06, K2_U07</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U07, K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -1218,51 +1218,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, P6U_K</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przekazać informacje o osiągnięciach inżynierii chemicznej i procesowej i różnych aspektach zawodu inżyniera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>