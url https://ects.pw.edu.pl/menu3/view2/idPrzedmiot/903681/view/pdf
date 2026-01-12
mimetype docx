--- v0 (2025-12-08)
+++ v1 (2026-01-12)
@@ -780,67 +780,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny, praca domowa, dyskusja, seminarium
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W04, K1_W01, K1_W02, K1_W03</w:t>
+        <w:t xml:space="preserve">K1_W01, K1_W02, K1_W03, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę niezbędną do obliczeń złożonych równowag fazowych i chemicznych. Posiada wiedzę o korzyściach płynących z integracji procesów, w tym synergicznego oddziaływania integrowanych procesów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -866,51 +866,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>