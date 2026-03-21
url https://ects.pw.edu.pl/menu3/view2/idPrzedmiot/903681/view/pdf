--- v2 (2026-02-07)
+++ v3 (2026-03-21)
@@ -1086,51 +1086,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>
@@ -1166,51 +1166,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_K01, K1_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K, I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KR, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prawidłowo reaguje na problemy związane z pracą inżyniera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>