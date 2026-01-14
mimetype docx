--- v0 (2025-10-31)
+++ v1 (2026-01-14)
@@ -1005,51 +1005,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>