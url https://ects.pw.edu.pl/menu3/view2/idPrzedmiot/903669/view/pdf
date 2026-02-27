--- v1 (2026-01-14)
+++ v2 (2026-02-27)
@@ -935,121 +935,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi projektować procesy inżynierii chemicznej i procesowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian ustny, wykonanie projektu, referat, sprawozdanie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>