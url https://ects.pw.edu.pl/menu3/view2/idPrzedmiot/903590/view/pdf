--- v0 (2026-01-12)
+++ v1 (2026-01-14)
@@ -1151,51 +1151,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie dokonać wyceny papieru wartościowego na podstawie poznanych formuł, obliczać miary ryzyka związanego z obligacjami o stałym oprocentowaniu a także odróżnia instrumenty pochodne i poprawnie je definiuje, potrafi wskazać ich zastosowanie oraz skonstruować niektóre z nich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1205,67 +1205,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, rozwiązywanie zadań na zajęciach i w ramach pracy własnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U12, K_U13 FIB</w:t>
+        <w:t xml:space="preserve">K_U12, K_U13 FIB, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wskazać i interpretować uwarunkowania prawne emisji papierów wartościowych służących finansowaniu długu publicznego rządowego i samorządowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1275,67 +1275,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów na zajęciach, prezentacja prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U10, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie skutecznie znaleźć informacje dotyczące rozwiązań organizacyjno-prawnych stosowanych na rynkach papierów wartościowych, jak też posługiwać się nimi do rozwiązywania problemów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1495,51 +1495,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach, test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K08 BNP, K_K09 FIB</w:t>
+        <w:t xml:space="preserve">K_K09 FIB, K_K04, K_K08 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>