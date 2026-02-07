--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -762,141 +762,211 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W05, Tr1A_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, I.P6S_WK, III.P6S_WK, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie teorii masowej obsługi, zna wielkości (parametry) charakteryzujące określone cechy systemów masowej obsługi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium (część teoretyczna + część praktyczna)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie teorii masowej obsługi, zna wielkości (parametry) charakteryzujące określone cechy systemów masowej obsługi</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę do samodzielnej budowy i wykorzystania sieciowych modeli decyzyjnych do rozwiązywania podstawowych problemów transportowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium (część teoretyczna + część praktyczna)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W01, Tr1A_W05</w:t>
+        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK, III.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę do samodzielnej budowy i wykorzystania sieciowych modeli decyzyjnych do rozwiązywania podstawowych problemów transportowych</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie konstrukcji sieci czynnościowych, optymalizacji kosztów planowania i realizacji przedsięwzięć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium (część teoretyczna + część praktyczna)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -915,178 +985,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie konstrukcji sieci czynnościowych, optymalizacji kosztów planowania i realizacji przedsięwzięć</w:t>
+        <w:t xml:space="preserve">Zna praktyczne zastosowanie programowania dynamicznego do rozwiązywania zagadnień optymalizacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium (część teoretyczna + część praktyczna)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W01, Tr1A_W05</w:t>
+        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>