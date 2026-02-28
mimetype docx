--- v1 (2026-02-07)
+++ v2 (2026-02-28)
@@ -762,51 +762,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W05, Tr1A_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, I.P6S_WK, III.P6S_WK, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie teorii masowej obsługi, zna wielkości (parametry) charakteryzujące określone cechy systemów masowej obsługi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -902,191 +902,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W05, Tr1A_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie konstrukcji sieci czynnościowych, optymalizacji kosztów planowania i realizacji przedsięwzięć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium (część teoretyczna + część praktyczna)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie konstrukcji sieci czynnościowych, optymalizacji kosztów planowania i realizacji przedsięwzięć</w:t>
+        <w:t xml:space="preserve">Zna praktyczne zastosowanie programowania dynamicznego do rozwiązywania zagadnień optymalizacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium (część teoretyczna + część praktyczna)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W05, Tr1A_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>