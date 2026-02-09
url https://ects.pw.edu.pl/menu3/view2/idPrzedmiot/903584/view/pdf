--- v0 (2026-01-12)
+++ v1 (2026-02-09)
@@ -966,51 +966,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1116,51 +1116,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U11, Tr1A_U06, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczać syntetyczne charakterystyki próby, a także dla zadanego zadania związanego z badaniem statystycznym, określić odpowiedni model statystyczny, wyznaczyć przedział ufności dla wartości przeciętnej i wariancji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>