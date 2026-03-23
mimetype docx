--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -756,411 +756,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat zmiennych losowych i ich rozkładów oraz zna podstawowe prawa wielkich liczb, twierdzenia graniczne i przykłady ich zastosowań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aktywność na zajęciach, Zadanie z efektu podczas kolokwium (zadanie oceniane  w skali od 0 do 5 punktów, wymagane jest uzyskanie co najmniej 2 punktów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat zmiennych losowych i ich rozkładów oraz zna podstawowe prawa wielkich liczb, twierdzenia graniczne i przykłady ich zastosowań.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat metod stosowanych w statystyce opisowej oraz wie co to jest analiza punktowa i przedziałowa i jak je interpretować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Aktywność na zajęciach, kolokwium 2 ( 2 zadania z zakresu efektu, wymagane jest poprawne rozwiązanie jednego z tych zadań)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat hipotez statystycznych i ich weryfikacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Aktywność na zajęciach, Zadanie z efektu podczas kolokwium (zadanie oceniane  w skali od 0 do 5 punktów, wymagane jest uzyskanie co najmniej 2 punktów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat metod stosowanych w statystyce opisowej oraz wie co to jest analiza punktowa i przedziałowa i jak je interpretować.</w:t>
+        <w:t xml:space="preserve">Potrafi zbudować i przeanalizować model matematycznego eksperymentu losowego oraz obliczyć prawdopodobieństwa zdarzeń, w tym posługując się prawdopodobieństwem warunkowym, wzorem na prawdopodobieństwo całkowite lub wzorem Bayesa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Aktywność na zajęciach, kolokwium 2 ( 2 zadania z zakresu efektu, wymagane jest poprawne rozwiązanie jednego z tych zadań)</w:t>
+        <w:t xml:space="preserve">Aktywność na zajęciach, Zadanie z efektu podczas kolokwium (zadanie oceniane  w skali od 0 do 5 punktów, wymagane jest uzyskanie co najmniej 2 punktów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W01</w:t>
+        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U06, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat hipotez statystycznych i ich weryfikacji.</w:t>
+        <w:t xml:space="preserve">Potrafi podać przykłady rozkładów dyskretnych i ciągłych prawdopodobieństwa i dostosować je do analizowanego modelu matematycznego, wyznaczyć podstawowe parametry zmiennych losowych oraz wykorzystać prawa wielkich liczb i twierdzenia graniczne do szacowania prawdopodobieństw z wykorzystaniem tablic statystycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywność na zajęciach, Zadanie z efektu podczas kolokwium (zadanie oceniane  w skali od 0 do 5 punktów, wymagane jest uzyskanie co najmniej 2 punktów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W01</w:t>
+        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U06, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczać syntetyczne charakterystyki próby, a także dla zadanego zadania związanego z badaniem statystycznym, określić odpowiedni model statystyczny, wyznaczyć przedział ufności dla wartości przeciętnej i wariancji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>