--- v0 (2026-02-06)
+++ v1 (2026-02-27)
@@ -781,51 +781,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna uogólnione prawo Hooke'a. Zna zasady analizy układów prętowych i zjawiska skręcania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1054,51 +1054,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na egzaminie - część zadaniowa oraz na ćwiczeniach kolokwium: rozwiązanie zadań, weryfikacja na egzaminie - część teoretyczna: pytania otwarte z
 ww zakresu 
 Zaliczenie na podstawie otrzymania minimum 60 % za prawidłowe rozwiązanie zadania i udzielenie odpowiedzi na pytanie otwarte.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W02, Tr1A_W07, Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06, Tr1A_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>