--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -910,51 +910,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na egzaminie - część zadaniowa orazna ćwiczeniach kolokwium: rozwiązanie zadania sprawdzającego wiedzę z zakresu analizy belek zginanych. 
 weryfikacja na egzaminie - część teoretyczna: pytania otwarte z ww zakresu
 Zaliczenie na podstawie otrzymania minimum 60 % za prawidłowe rozwiązanie zadania i udzielenie odpowiedzi na pytanie otwarte.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06, Tr1A_W02</w:t>
+        <w:t xml:space="preserve">Tr1A_W02, Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>