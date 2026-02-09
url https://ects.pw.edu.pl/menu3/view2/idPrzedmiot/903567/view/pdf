--- v0 (2026-01-12)
+++ v1 (2026-02-09)
@@ -901,67 +901,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wypowiedzi na zajęciach, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U07, Tr1A_U04</w:t>
+        <w:t xml:space="preserve">Tr1A_U04, Tr1A_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi czytać bardzo proste, krótkie teksty. Potrafi znaleźć konkretne, przewidywalne informacje w prostych tekstach, dotyczących życia codziennego, takich jak ogłoszenia, reklamy, prospekty, karty dań, rozkłady jazdy. Rozumie proste, krótkie listy prywatne. Rozumie proste instrukcje obsługi sprzętu codziennego użytku, np. aparatu telefonicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>