--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -901,51 +901,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wypowiedzi na zajęciach, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U04, Tr1A_U07</w:t>
+        <w:t xml:space="preserve">Tr1A_U07, Tr1A_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>