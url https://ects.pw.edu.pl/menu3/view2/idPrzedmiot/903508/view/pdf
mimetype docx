--- v0 (2026-01-12)
+++ v1 (2026-02-06)
@@ -778,51 +778,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna elementy i rozwiązania ukladowe obwodów głównych i układów zasilania lokomotyw</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>