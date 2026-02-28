--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -906,67 +906,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zawierające łącznie 5 pytań opisowych, w tym co najmniej 1 pytanie  dotyczące bezpośrednio treści weryfikowanego efektu. wymagana częściowa odpowiedź na
 każde z nich, tzn. co najmniej 50%. Możliwość zaliczenia pytania dotyczącego efektu  na podstawie przygotowanego referatu i prezentacji na temat wcześniej ustalony z prowadzącym zajęcia.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>