--- v2 (2026-02-28)
+++ v3 (2026-03-24)
@@ -906,51 +906,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zawierające łącznie 5 pytań opisowych, w tym co najmniej 1 pytanie  dotyczące bezpośrednio treści weryfikowanego efektu. wymagana częściowa odpowiedź na
 każde z nich, tzn. co najmniej 50%. Możliwość zaliczenia pytania dotyczącego efektu  na podstawie przygotowanego referatu i prezentacji na temat wcześniej ustalony z prowadzącym zajęcia.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>