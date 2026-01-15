--- v0 (2026-01-13)
+++ v1 (2026-01-15)
@@ -756,121 +756,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma szczegółową wiedzę w zakresie zasad rozmieszczania i zabezpieczania ładunków na środkach przewozowych; zna podstawowe metody: wyznaczenia liczby środków transportu, urządzeń i maszyn ładunkowych oraz obciążenia frontów ładunkowych; stosowane przy obliczaniu wskaźników mechanizacji prac ładunkowych oraz wskaźników wykorzystania środków przewozowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wymagane jest wykonanie kompletnego projektu kolejowo-drogowego terminala przeładunkowego uwzględniającego dany efekt uczenia. Podczas ustnej obrony projektu wymagana jest odpowiedź na co najmniej jedno z dwóch pytań dotyczących danego efektu uczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wytyczne projektowania układów torowych, drogowych oraz frontów ładunkowych. Ma szczegółową wiedzę w zakresie rozmieszczenia urządzeń i obiektów niezbędnych do prawidłowego funkcjonowania punktu ładunkowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>