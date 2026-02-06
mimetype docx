--- v0 (2026-01-11)
+++ v1 (2026-02-06)
@@ -818,67 +818,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny obejmujący pytania testowe oraz problemowe (tzw. kazusy). Aby uzyskać zaliczenie należy uzyskać przynajmniej 55% punktów z pytań testowych oraz przynajmniej 6 punktów z jednego kazusu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie zasady funkcjonowania przedsiębiorstw w zakresie wykonywania działalności transportowej w różnych obszarach transportu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -958,67 +958,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny obejmujący pytania testowe oraz problemowe (tzw. kazusy). Aby uzyskać zaliczenie należy uzyskać przynajmniej 55% punktów z pytań testowych oraz przynajmniej 6 punktów z jednego kazusu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W14, Tr1A_W13, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W14, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, P6U_W, III.P6S_WK, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1038,51 +1038,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny testowy i opisowy, zawierający m.in. kazusy. Zalicza większość arytmetyczna punktów. Ocena zależy od arbitralnej oceny wykładowcy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U14, Tr1A_U01</w:t>
+        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>