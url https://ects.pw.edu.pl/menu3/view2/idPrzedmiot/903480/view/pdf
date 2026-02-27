--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -958,67 +958,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny obejmujący pytania testowe oraz problemowe (tzw. kazusy). Aby uzyskać zaliczenie należy uzyskać przynajmniej 55% punktów z pytań testowych oraz przynajmniej 6 punktów z jednego kazusu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W14, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_W14, Tr1A_W13, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, P6U_W, III.P6S_WK, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1038,51 +1038,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny testowy i opisowy, zawierający m.in. kazusy. Zalicza większość arytmetyczna punktów. Ocena zależy od arbitralnej oceny wykładowcy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U14</w:t>
+        <w:t xml:space="preserve">Tr1A_U14, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1124,51 +1124,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U14, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>