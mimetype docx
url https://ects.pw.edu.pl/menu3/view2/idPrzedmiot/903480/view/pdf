--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -748,51 +748,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny obejmujący pytania testowe oraz problemowe (tzw. kazusy). Aby uzyskać zaliczenie należy uzyskać przynajmniej 55% punktów z pytań testowych oraz przynajmniej 6 punktów z jednego kazusu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W05</w:t>
+        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -888,287 +888,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny obejmujący pytania testowe oraz problemowe (tzw. kazusy). Aby uzyskać zaliczenie należy uzyskać przynajmniej 55% punktów z pytań testowych oraz przynajmniej 6 punktów z jednego kazusu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W10, Tr1A_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, I.P6S_WG.o, III.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie wykonywania działalności transportowej - zawierania i wykonywania umów w zakresie transportu osób, bagażu i towarów, a także wynikającej stąd odpowiedzialności.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny obejmujący pytania testowe oraz problemowe (tzw. kazusy). Aby uzyskać zaliczenie należy uzyskać przynajmniej 55% punktów z pytań testowych oraz przynajmniej 6 punktów z jednego kazusu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W14, Tr1A_W13, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie wykonywania działalności transportowej - zawierania i wykonywania umów w zakresie transportu osób, bagażu i towarów, a także wynikającej stąd odpowiedzialności.</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się źródłami prawa w celu analizowania sytuacji faktycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny obejmujący pytania testowe oraz problemowe (tzw. kazusy). Aby uzyskać zaliczenie należy uzyskać przynajmniej 55% punktów z pytań testowych oraz przynajmniej 6 punktów z jednego kazusu.</w:t>
+        <w:t xml:space="preserve">Egzamin pisemny testowy i opisowy, zawierający m.in. kazusy. Zalicza większość arytmetyczna punktów. Ocena zależy od arbitralnej oceny wykładowcy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W14, Tr1A_W13, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_U14, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się źródłami prawa w celu analizowania sytuacji faktycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi rekonstruować na podstawie przepisów prawa obowiązki i uprawnienia stron umów transportowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny testowy i opisowy, zawierający m.in. kazusy. Zalicza większość arytmetyczna punktów. Ocena zależy od arbitralnej oceny wykładowcy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U14, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>