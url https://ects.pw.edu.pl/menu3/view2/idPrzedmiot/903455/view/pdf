--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -817,67 +817,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładu, trzy pytania otwarte dotyczące materiału prezentowanego w ramach wykładu. 
 Kolokwium z ćwiczeń, obejmujące dwa zadania obliczeniowe o zakresie i skali trudności nie większej niż zaprezentowane na ćwiczeniach. Wymagane jest uzyskanie 50% maksymalnej liczby punktów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat procesu hamowania i ruchu krzywoliniowego samochodu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1127,51 +1127,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U03, Tr1A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać podstawowe obliczenia z zakresu własności ruchowych pojazdu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>