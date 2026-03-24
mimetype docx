--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -817,67 +817,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładu, trzy pytania otwarte dotyczące materiału prezentowanego w ramach wykładu. 
 Kolokwium z ćwiczeń, obejmujące dwa zadania obliczeniowe o zakresie i skali trudności nie większej niż zaprezentowane na ćwiczeniach. Wymagane jest uzyskanie 50% maksymalnej liczby punktów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat procesu hamowania i ruchu krzywoliniowego samochodu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>