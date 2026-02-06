--- v0 (2026-01-11)
+++ v1 (2026-02-06)
@@ -742,137 +742,137 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne w postaci pytań opisowych; wymagane jest zdobycie co najmniej 51% punktów, aby uzyskać ocenę pozytywną; następnie oceny są wystawiane w sposób następujący: 51%-60% - 3,0, 61%-70% - 3,5, 71%-80% - 4,0, 81%-90% - 4,5, 91%-100% - 5,0. Możliwość zaliczenia kolokwium na podstawie przygotowanego referatu i prezentacji na temat wcześniej ustalony z prowadzącym zajęcia.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W09, Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna uwarunkowania techniczne eksploatacji pojazdów trakcyjnych i wagonów. Zna elementy i rozwiązania układowe obwodów głównych i układów zasilania lokomotyw.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne w postaci pytań opisowych; wymagane jest zdobycie co najmniej 51% punktów, aby uzyskać ocenę pozytywną; następnie oceny są wystawiane w sposób następujący: 51%-60% - 3,0, 61%-70% - 3,5, 71%-80% - 4,0, 81%-90% - 4,5, 91%-100% - 5,0. Możliwość zaliczenia kolokwium na podstawie przygotowanego referatu i prezentacji na temat wcześniej ustalony z prowadzącym zajęcia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą tendencji rozwojowych pojazdów trakcyjnych i wagonów. Zna warunki współpracy elektrycznych pojazdów trakcyjnych z siecią i rozumie problemy techniczne poprawy jakości zasilania oraz ochrony przed skutkami przepływu prądów błądzących systemu zasilania prądu stałego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>