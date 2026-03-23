--- v1 (2026-02-06)
+++ v2 (2026-03-23)
@@ -742,137 +742,137 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne w postaci pytań opisowych; wymagane jest zdobycie co najmniej 51% punktów, aby uzyskać ocenę pozytywną; następnie oceny są wystawiane w sposób następujący: 51%-60% - 3,0, 61%-70% - 3,5, 71%-80% - 4,0, 81%-90% - 4,5, 91%-100% - 5,0. Możliwość zaliczenia kolokwium na podstawie przygotowanego referatu i prezentacji na temat wcześniej ustalony z prowadzącym zajęcia.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W13, Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna uwarunkowania techniczne eksploatacji pojazdów trakcyjnych i wagonów. Zna elementy i rozwiązania układowe obwodów głównych i układów zasilania lokomotyw.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne w postaci pytań opisowych; wymagane jest zdobycie co najmniej 51% punktów, aby uzyskać ocenę pozytywną; następnie oceny są wystawiane w sposób następujący: 51%-60% - 3,0, 61%-70% - 3,5, 71%-80% - 4,0, 81%-90% - 4,5, 91%-100% - 5,0. Możliwość zaliczenia kolokwium na podstawie przygotowanego referatu i prezentacji na temat wcześniej ustalony z prowadzącym zajęcia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W13, Tr1A_W09, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WK, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą tendencji rozwojowych pojazdów trakcyjnych i wagonów. Zna warunki współpracy elektrycznych pojazdów trakcyjnych z siecią i rozumie problemy techniczne poprawy jakości zasilania oraz ochrony przed skutkami przepływu prądów błądzących systemu zasilania prądu stałego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>