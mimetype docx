--- v0 (2026-01-14)
+++ v1 (2026-02-08)
@@ -969,51 +969,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Używając poprawnie pojęć dotyczących transportu i wybranej specjalności potrafi przygotować w języku polskim przejrzyste opracowanie, dotyczące wyznaczonego zadania oraz przygotować w języku polskim i w wybranym języku obcym streszczenie tego opracowania, jak również potrafi przygotować i przedstawić w języku polskim prezentację ustną, dotyczącą wyznaczonego zadania inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1163,67 +1163,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja zawartości merytorycznej pracy, w tym zaproponowanych zmian i ich oceny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U18, Tr1A_U17</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U17, Tr1A_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać identyfikacji i sformułować specyfikację wyznaczonego zadania inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>