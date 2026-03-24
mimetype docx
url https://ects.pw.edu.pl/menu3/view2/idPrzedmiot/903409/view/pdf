--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -749,535 +749,535 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody, techniki, narzędzia i materiały oraz wymagania właściwe do rozwiązania wyznaczonego zadania inżynierskiego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja zawartości merytorycznej pracy, ocena aktywności podczas konsultacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody, techniki, narzędzia i materiały oraz wymagania właściwe do rozwiązania wyznaczonego zadania inżynierskiego</w:t>
+        <w:t xml:space="preserve">Zna podstawowe zasady wyszukiwania materiałów bibliograficznych oraz podstawowe zasady z zakresu ochrony własności przemysłowej i prawa autorskiego, jak również zna zasady korzystania z zasobów informacji patentowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja zawartości merytorycznej pracy, ocena aktywności podczas konsultacji</w:t>
+        <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja doboru bibliografii oraz jej wykorzystania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe zasady wyszukiwania materiałów bibliograficznych oraz podstawowe zasady z zakresu ochrony własności przemysłowej i prawa autorskiego, jak również zna zasady korzystania z zasobów informacji patentowej</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskiwać informacje z wiarygodnych źródeł, je integrować i dokonywać ich interpretacji, wyciągać wnioski oraz formułować i uzasadniać opinie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja doboru bibliografii oraz jej wykorzystania</w:t>
+        <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja doboru bibliografii oraz zawartości merytorycznej pracy, ocena aktywności podczas konsultacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W04</w:t>
+        <w:t xml:space="preserve">Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi pozyskiwać informacje z wiarygodnych źródeł, je integrować i dokonywać ich interpretacji, wyciągać wnioski oraz formułować i uzasadniać opinie</w:t>
+        <w:t xml:space="preserve">Używając poprawnie pojęć dotyczących transportu i wybranej specjalności potrafi przygotować w języku polskim przejrzyste opracowanie, dotyczące wyznaczonego zadania oraz przygotować w języku polskim i w wybranym języku obcym streszczenie tego opracowania, jak również potrafi przygotować i przedstawić w języku polskim prezentację ustną, dotyczącą wyznaczonego zadania inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja doboru bibliografii oraz zawartości merytorycznej pracy, ocena aktywności podczas konsultacji</w:t>
+        <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja treści i formalnej strony pracy, ocena prezentacji pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U01</w:t>
+        <w:t xml:space="preserve">Tr1A_U04, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Używając poprawnie pojęć dotyczących transportu i wybranej specjalności potrafi przygotować w języku polskim przejrzyste opracowanie, dotyczące wyznaczonego zadania oraz przygotować w języku polskim i w wybranym języku obcym streszczenie tego opracowania, jak również potrafi przygotować i przedstawić w języku polskim prezentację ustną, dotyczącą wyznaczonego zadania inżynierskiego</w:t>
+        <w:t xml:space="preserve">Ma umiejętność poszukiwania wiedzy oraz technik i metod dla realizacji wyznaczonego zadania inżynierskiego, jak również potrafi ocenić przydatność rutynowych metod i narzędzi służących do rozwiązania tego zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja treści i formalnej strony pracy, ocena prezentacji pracy</w:t>
+        <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja doboru i wykorzystania bibliografii oraz zawartości merytorycznej pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U04, Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma umiejętność poszukiwania wiedzy oraz technik i metod dla realizacji wyznaczonego zadania inżynierskiego, jak również potrafi ocenić przydatność rutynowych metod i narzędzi służących do rozwiązania tego zadania</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy sposobu funkcjonowania i ocenić istniejące specjalistyczne rozwiązania techniczne dotyczące wyznaczonego zadania inżynierskiego oraz potrafi dokonać wstępnej analizy ekonomicznej w zakresie wynikającym z wyznaczonego zadania inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja doboru i wykorzystania bibliografii oraz zawartości merytorycznej pracy</w:t>
+        <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja zawartości merytorycznej pracy, w tym zaproponowanych zmian i ich oceny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U06</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U17, Tr1A_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy sposobu funkcjonowania i ocenić istniejące specjalistyczne rozwiązania techniczne dotyczące wyznaczonego zadania inżynierskiego oraz potrafi dokonać wstępnej analizy ekonomicznej w zakresie wynikającym z wyznaczonego zadania inżynierskiego</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać identyfikacji i sformułować specyfikację wyznaczonego zadania inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja zawartości merytorycznej pracy, w tym zaproponowanych zmian i ich oceny</w:t>
+        <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja zawartości merytorycznej pracy, w tym założeń do rozwiązań projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U17, Tr1A_U16</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U19, Tr1A_U14</w:t>
+        <w:t xml:space="preserve">Tr1A_U19, Tr1A_U14, Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>