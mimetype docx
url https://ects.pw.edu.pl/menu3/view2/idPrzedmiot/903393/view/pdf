--- v0 (2026-01-12)
+++ v1 (2026-02-08)
@@ -896,191 +896,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie procesy zachodzące w układach elektronicznych analogowych i cyfrowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, 3 pytania, wymagane jest udzielenie odpowiedzi na przynajmniej 2 pytania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie procesy zachodzące w układach elektronicznych analogowych i cyfrowych</w:t>
+        <w:t xml:space="preserve">Zna zastosowanie elementów i układów elektronicznych analogowych i cyfrowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, 3 pytania, wymagane jest udzielenie odpowiedzi na przynajmniej 2 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>