--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -753,331 +753,331 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna własności podstawowych materiałów konstrukcyjnych i możliwości ich zastosowania w budowie maszyn. Ma wiedzę w zakresie parametrów wytrzymałościowych charakteryzujących materiały konstrukcyjne. Posiada wiedzę na temat rodzajów obciążeń, obliczania naprężeń rzeczywistych i dopuszczalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, rozmowa; wymagana jest elementarna wiedza z zakresu: parametrów charakteryzujących materiały konstrukcyjne, obliczań naprężeń rzeczywistych i dopuszczalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i rozumie zasady projektowania elementów amortyzatora o zadanych parametrach. Ma wiedzę o elementach sprężystych i podatnych oraz metodyce obliczeń technologicznych i wytrzymałościowych amortyzatora. Zna i rozumie metodykę projektowania elementów o powierzchniach walcowych i elementów cylindrycznych do konstrukcji typu amortyzator samochodowy, kolejowy </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, rozmowa; wymagana jest elementarna wiedza z zakresu projektowania części maszyn z uwzględnieniem ich technologii w tym elementów amortyzujących. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować połączenie typu mechanizm śrubowy do konstrukcji o zadanych parametrach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, rozmowa;  dyskusja o obliczeniach wykonanych w projekcie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować koła zębate do przekładni o zadanych parametrach. Ma wiedzę o przekładniach zębatych oraz metodyce obliczeń wytrzymałościowych przekładni zębatej. Zna i rozumie metodykę projektowania wałów maszynowych do prostej konstrukcji (typu przekładnia zębata pojedyncza). Zna wielkości charakteryzujące łożyska toczne oraz ma umiejętność doboru łożysk tocznych z normy (katalogu) do zadanej konstrukcji maszynowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> kolokwium, rozmowa;  dyskusja o wykonanych obliczeniach i odpowiedzi na zadane pytania szczegółowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>