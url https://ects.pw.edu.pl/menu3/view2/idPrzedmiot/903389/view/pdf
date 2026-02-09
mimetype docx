--- v1 (2026-01-13)
+++ v2 (2026-02-09)
@@ -1017,51 +1017,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> kolokwium, rozmowa;  dyskusja o wykonanych obliczeniach i odpowiedzi na zadane pytania szczegółowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>