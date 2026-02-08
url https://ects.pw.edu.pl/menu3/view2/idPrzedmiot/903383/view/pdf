--- v0 (2026-01-14)
+++ v1 (2026-02-08)
@@ -1013,201 +1013,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i rozumie metodykę projektowania wałów maszynowych do prostej konstrukcji (typu przekładnia zębata pojedyncza).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład - egzamin;  polecenie na egzaminie wymaga przedstawienia sposobu obliczeń wału maszynowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i rozumie metodykę projektowania wałów maszynowych do prostej konstrukcji (typu przekładnia zębata pojedyncza).</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie określić przydatność różnych materiałów konstrukcyjnych do zastosowania w konkretnych elementach środków transportu. Umie wykonać podstawowe obliczenia technologiczne oraz  wytrzymałościowe typowych węzłów konstrukcyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład - egzamin;  polecenie na egzaminie wymaga przedstawienia sposobu obliczeń wału maszynowego.</w:t>
+        <w:t xml:space="preserve">wykład  - egzamin;     polecenie na egzaminie wymaga przedstawienia zasady obliczeń dla typowych rodzajów obciążeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_U23, Tr1A_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi korzystać z norm i katalogów części maszynowych znormalizowanych. Potrafi wykonać obliczenia wytrzymałościowe elementu pracującego w złożonym układzie obciążeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>