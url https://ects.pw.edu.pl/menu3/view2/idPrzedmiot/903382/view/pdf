--- v0 (2026-01-13)
+++ v1 (2026-02-08)
@@ -888,67 +888,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wyklad -kolokwium pisemne 2; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1112,51 +1112,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt – raport pisemny z wykonanej pracy projektowej; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% w zakresie tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U11, Tr1A_U09</w:t>
+        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U09, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>