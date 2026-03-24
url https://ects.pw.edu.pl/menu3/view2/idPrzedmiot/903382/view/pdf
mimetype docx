--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -764,51 +764,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna czynniki kształtujące bezpieczeństwo czynne samochodu; zna budowę i zasady działania głównych środków podwyższających bezpieczeństwo czynne samochodu oraz ma podstawową wiedzę na temat metod badań bezpieczeństwa czynnego samochodów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1112,51 +1112,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt – raport pisemny z wykonanej pracy projektowej; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% w zakresie tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U09, Tr1A_U18</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U11, Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>