--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -912,121 +912,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna dokumentację technologiczną procesu produkcji i naprawy elementów samochodowych oraz sposoby napraw wybranych elementów pojazdów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>