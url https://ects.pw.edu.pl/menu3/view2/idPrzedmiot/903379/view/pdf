--- v1 (2026-01-13)
+++ v2 (2026-02-06)
@@ -772,71 +772,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna własności i zasady doboru materiałów do budowy pojazdów, podstawowe sposoby kształtowania elementów pojazdów oraz metody obróbki cieplnej i cieplno-chemicznej części samochodowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna własności i zasady doboru materiałów do budowy pojazdów, podstawowe sposoby kształtowania elementów pojazdów oraz metody obróbki cieplnej i cieplno-chemicznej części samochodowych.</w:t>
+        <w:t xml:space="preserve">Zna podstawy technologii łączenia części i montażu zespołów pojazdów oraz pokrycia techniczne, ochronne i dekoracyjne stosowane w produkcji i naprawie pojazdów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -855,328 +925,258 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy technologii łączenia części i montażu zespołów pojazdów oraz pokrycia techniczne, ochronne i dekoracyjne stosowane w produkcji i naprawie pojazdów.</w:t>
+        <w:t xml:space="preserve">Zna dokumentację technologiczną procesu produkcji i naprawy elementów samochodowych oraz sposoby napraw wybranych elementów pojazdów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna dokumentację technologiczną procesu produkcji i naprawy elementów samochodowych oraz sposoby napraw wybranych elementów pojazdów.</w:t>
+        <w:t xml:space="preserve">Potrafi nadzorować proces demontażu i montażu podzespołów pojazdu, dokonywać weryfikacji elementów samochodu i posługiwać się systemem wymiarów naprawczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
+        <w:t xml:space="preserve">Kolokwia pisemne lub ustne z ćwiczeń laboratoryjnych i sprawozdania z ich realizacji; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U18, Tr1A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi nadzorować proces demontażu i montażu podzespołów pojazdu, dokonywać weryfikacji elementów samochodu i posługiwać się systemem wymiarów naprawczych.</w:t>
+        <w:t xml:space="preserve">Potrafi tworzyć i wykorzystywać dokumentację technologiczną, stosować typowe metody, technologie i materiałów w procesie naprawy wybranych podukładów z uwzględnieniem pokryć technicznych, ochronnych i dekoracyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia pisemne lub ustne z ćwiczeń laboratoryjnych i sprawozdania z ich realizacji; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
+        <w:t xml:space="preserve">Kolokwia pisemne lub ustne z ćwiczeń laboratoryjnych i sprawozdania z ich realizacji oraz wykonanie i zrelacjonowanie projektu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U18, Tr1A_U02</w:t>
+        <w:t xml:space="preserve">Tr1A_U02, Tr1A_U24, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętność opracowywania procesu technologicznego produkcji i naprawy samochodu oraz procedur demontażu i montażu przykładowych podzespołów z uwzględnieniem doboru wyposażenia stanowisk naprawczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>