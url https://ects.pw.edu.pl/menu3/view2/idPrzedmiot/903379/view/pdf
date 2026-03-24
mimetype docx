--- v2 (2026-02-06)
+++ v3 (2026-03-24)
@@ -772,71 +772,211 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna własności i zasady doboru materiałów do budowy pojazdów, podstawowe sposoby kształtowania elementów pojazdów oraz metody obróbki cieplnej i cieplno-chemicznej części samochodowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy technologii łączenia części i montażu zespołów pojazdów oraz pokrycia techniczne, ochronne i dekoracyjne stosowane w produkcji i naprawie pojazdów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna własności i zasady doboru materiałów do budowy pojazdów, podstawowe sposoby kształtowania elementów pojazdów oraz metody obróbki cieplnej i cieplno-chemicznej części samochodowych.</w:t>
+        <w:t xml:space="preserve">Zna dokumentację technologiczną procesu produkcji i naprawy elementów samochodowych oraz sposoby napraw wybranych elementów pojazdów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -847,336 +987,196 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy technologii łączenia części i montażu zespołów pojazdów oraz pokrycia techniczne, ochronne i dekoracyjne stosowane w produkcji i naprawie pojazdów.</w:t>
+        <w:t xml:space="preserve">Potrafi nadzorować proces demontażu i montażu podzespołów pojazdu, dokonywać weryfikacji elementów samochodu i posługiwać się systemem wymiarów naprawczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
+        <w:t xml:space="preserve">Kolokwia pisemne lub ustne z ćwiczeń laboratoryjnych i sprawozdania z ich realizacji; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U18, Tr1A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna dokumentację technologiczną procesu produkcji i naprawy elementów samochodowych oraz sposoby napraw wybranych elementów pojazdów.</w:t>
+        <w:t xml:space="preserve">Potrafi tworzyć i wykorzystywać dokumentację technologiczną, stosować typowe metody, technologie i materiałów w procesie naprawy wybranych podukładów z uwzględnieniem pokryć technicznych, ochronnych i dekoracyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
+        <w:t xml:space="preserve">Kolokwia pisemne lub ustne z ćwiczeń laboratoryjnych i sprawozdania z ich realizacji oraz wykonanie i zrelacjonowanie projektu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U03, Tr1A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętność opracowywania procesu technologicznego produkcji i naprawy samochodu oraz procedur demontażu i montażu przykładowych podzespołów z uwzględnieniem doboru wyposażenia stanowisk naprawczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>