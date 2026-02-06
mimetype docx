--- v0 (2026-01-12)
+++ v1 (2026-02-06)
@@ -782,341 +782,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, I.P6S_WK, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna trendy rozwojowe budowy układów silnika.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny. Wymagane jest udzielenie odpowiedzi na poziomie ocenionym na co najmniej 51% na pytania otwarte w zakresie tego efektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe metody obliczeniowe rozwiązywania zagadnień dotyczących procesów pracy silnika.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia audytoryjne – zaliczenie zespołowych prac domowych. Uzupełnieniem każdej pracy pisemnej są odpowiedzi ustne studentów, świadczące o wkładzie każdego członka zespołu w wykonanie pracy domowej. Warunkiem zaliczenia ćwiczeń audytoryjnych jest uzyskanie pozytywnych ocen z przedłożonych prac domowych i odpowiedzi ustnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna trendy rozwojowe budowy układów silnika.</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskać informacje z literatury dotyczące silników trakcyjnych (napęd spalinowy, elektryczny, hybrydowy).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny. Wymagane jest udzielenie odpowiedzi na poziomie ocenionym na co najmniej 51% na pytania otwarte w zakresie tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe metody obliczeniowe rozwiązywania zagadnień dotyczących procesów pracy silnika.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność przedstawiania schematycznego układów silnika i prezentowania charakterystyk silnika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ćwiczenia audytoryjne – zaliczenie zespołowych prac domowych. Uzupełnieniem każdej pracy pisemnej są odpowiedzi ustne studentów, świadczące o wkładzie każdego członka zespołu w wykonanie pracy domowej. Warunkiem zaliczenia ćwiczeń audytoryjnych jest uzyskanie pozytywnych ocen z przedłożonych prac domowych i odpowiedzi ustnych.</w:t>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny. Wymagane jest udzielenie odpowiedzi na poziomie ocenionym na co najmniej 51% na pytania otwarte w zakresie tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować odpowiednie metody analityczne i symulacyjne do analizowania procesów fizycznych zachodzących w silnikach trakcyjnych. Umie interpretować wyniki obliczeń i wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>