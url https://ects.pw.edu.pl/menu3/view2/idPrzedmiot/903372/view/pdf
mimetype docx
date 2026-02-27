--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -782,51 +782,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, I.P6S_WK, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna trendy rozwojowe budowy układów silnika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>