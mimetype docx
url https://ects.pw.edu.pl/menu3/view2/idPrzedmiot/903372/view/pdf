--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -1002,51 +1002,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność przedstawiania schematycznego układów silnika i prezentowania charakterystyk silnika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>