--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -751,51 +751,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, I.P6S_WK, III.P6S_WK, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę niezbędną do rozumienia ekonomicznych uwarunkowań prowadzenia działalności inżynierskiej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1051,51 +1051,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi myśleć i działać w sposób przedsiębiorczy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>