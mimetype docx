--- v1 (2026-01-12)
+++ v2 (2026-02-28)
@@ -751,51 +751,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, I.P6S_WK, III.P6S_WK, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę niezbędną do rozumienia ekonomicznych uwarunkowań prowadzenia działalności inżynierskiej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -901,51 +901,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność samodzielnego dokształcania się w zakresie zagadnień związanych z ekonomią, opierając się na najnowszych dostępnych narzędziach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>