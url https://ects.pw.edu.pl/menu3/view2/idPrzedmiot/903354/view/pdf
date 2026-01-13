--- v0 (2025-10-11)
+++ v1 (2026-01-13)
@@ -1116,51 +1116,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie realizować graficzny interfejs użytkownika aplikacji komputerowej z wykorzystaniem technik programowania obiektowego, interfejsów oraz elementów grafiki komputerowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>