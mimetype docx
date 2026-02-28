--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -756,71 +756,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe operacje na typach danych, instrukcje warunkowe oraz pętle, zasady działań na tablicach oraz plikach </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Komputerowy test składający się z pytań zamkniętych, wymagana jest poprawna odpowiedź na co najmniej 50% z liczby pytań odnoszących się do danego efektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe operacje na typach danych, instrukcje warunkowe oraz pętle, zasady działań na tablicach oraz plikach </w:t>
+        <w:t xml:space="preserve">Zna podstawowe koncepcje programowania obiektowego: hermetyzację, dziedziczność, polimorfizm oraz metody programowania obiektowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Komputerowy test składający się z pytań zamkniętych, wymagana jest poprawna odpowiedź na co najmniej 50% z liczby pytań odnoszących się do danego efektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -839,58 +909,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe koncepcje programowania obiektowego: hermetyzację, dziedziczność, polimorfizm oraz metody programowania obiektowego</w:t>
+        <w:t xml:space="preserve">Zna zasady budowy interfejsów użytkownika w aplikacjach konsolowych, graficznych oraz sieciowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Komputerowy test składający się z pytań zamkniętych, wymagana jest poprawna odpowiedź na co najmniej 50% z liczby pytań odnoszących się do danego efektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -909,58 +979,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady budowy interfejsów użytkownika w aplikacjach konsolowych, graficznych oraz sieciowych</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu programowania aplikacji wykorzystujących bazę danych, aplikacji komunikujących się przez sieć oraz podstaw aplikacji WWW z wykorzystaniem języka HTML</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Komputerowy test składający się z pytań zamkniętych, wymagana jest poprawna odpowiedź na co najmniej 50% z liczby pytań odnoszących się do danego efektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -971,196 +1041,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z zakresu programowania aplikacji wykorzystujących bazę danych, aplikacji komunikujących się przez sieć oraz podstaw aplikacji WWW z wykorzystaniem języka HTML</w:t>
+        <w:t xml:space="preserve">Potrafi implementować algorytmy operujące na zmiennych, strukturach danych oraz plikach, z wykorzystaniem instrukcji warunkowych, pętli, wprowadzania oraz wyprowadzania danych, w wybranym języku programowania  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Komputerowy test składający się z pytań zamkniętych, wymagana jest poprawna odpowiedź na co najmniej 50% z liczby pytań odnoszących się do danego efektu</w:t>
+        <w:t xml:space="preserve">Indywidualne zadanie zaliczeniowe na kolokwium wykonywane na komputerze, wymagane jest uzyskanie co najmniej 50% wartości punktów przypisanych do danego efektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie realizować graficzny interfejs użytkownika aplikacji komputerowej z wykorzystaniem technik programowania obiektowego, interfejsów oraz elementów grafiki komputerowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>