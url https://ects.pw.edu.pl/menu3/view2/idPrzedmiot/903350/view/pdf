--- v0 (2025-10-09)
+++ v1 (2026-01-13)
@@ -981,51 +981,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę na temat stosowania, rozpoznawania i metod produkcji oraz recyklingu tworzyw sztucznych i materiałów kompozytowych oraz materiałów stosowanych w elektrotechnice i elektronice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1115,67 +1115,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U25</w:t>
+        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wskazać i zaprojektować metodę identyfikacji wybranych własności metali, ich stopów oraz tworzyw sztucznych i wskazać metody kontrolne stosowane w produkcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>