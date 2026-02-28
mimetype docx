--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -825,87 +825,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - kolokwium;ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać zastosowanie dla stopów żelaza z węglem i stopów metali kolorowych, zna metody produkcji detali, rodzaje obróbki cieplno-chemicznej oraz ma świadomość specyficznych własności tych stopów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - kolokwium;ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać zastosowanie dla stopów żelaza z węglem i stopów metali kolorowych, zna metody produkcji detali, rodzaje obróbki cieplno-chemicznej oraz ma świadomość specyficznych własności tych stopów.</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać doboru materiałów na elementy konstrukcyjne podlegające obciążeniom, zna metody zwiększenia wytrzymałości oraz ma świadomość procesów degradacji i sposobów ochrony.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - kolokwium;ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -924,58 +994,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać doboru materiałów na elementy konstrukcyjne podlegające obciążeniom, zna metody zwiększenia wytrzymałości oraz ma świadomość procesów degradacji i sposobów ochrony.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat stosowania, rozpoznawania i metod produkcji oraz recyklingu tworzyw sztucznych i materiałów kompozytowych oraz materiałów stosowanych w elektrotechnice i elektronice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - kolokwium;ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -986,196 +1056,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat stosowania, rozpoznawania i metod produkcji oraz recyklingu tworzyw sztucznych i materiałów kompozytowych oraz materiałów stosowanych w elektrotechnice i elektronice.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie w oparciu o badania literaturowe sklasyfikować podstawowe grupy materiałów z podaniem możliwości ich zastosowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład  - kolokwium;ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wskazać i zaprojektować metodę identyfikacji wybranych własności metali, ich stopów oraz tworzyw sztucznych i wskazać metody kontrolne stosowane w produkcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>