--- v2 (2026-02-28)
+++ v3 (2026-03-23)
@@ -825,137 +825,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - kolokwium;ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać zastosowanie dla stopów żelaza z węglem i stopów metali kolorowych, zna metody produkcji detali, rodzaje obróbki cieplno-chemicznej oraz ma świadomość specyficznych własności tych stopów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - kolokwium;ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać doboru materiałów na elementy konstrukcyjne podlegające obciążeniom, zna metody zwiększenia wytrzymałości oraz ma świadomość procesów degradacji i sposobów ochrony.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>