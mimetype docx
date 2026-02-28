--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -881,51 +881,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin zawierający 4 pytania otwarte. Wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 2 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>