--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -897,51 +897,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasadę działania i własności użytkowe inteligentnego budynku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>