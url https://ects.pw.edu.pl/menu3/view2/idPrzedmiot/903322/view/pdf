--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -829,51 +829,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma szczegółową wiedzę związaną z szacowaniem i wartościowaniem ryzyka</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>