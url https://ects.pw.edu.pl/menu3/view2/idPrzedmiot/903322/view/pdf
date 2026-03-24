--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -759,51 +759,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W05, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, I.P6S_WK, III.P6S_WK, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę podstawową w zakresie wymagań dotyczących budowy i funkcjonowania systemów zarządzania bezpieczeństwem i higieną pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -829,51 +829,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma szczegółową wiedzę związaną z szacowaniem i wartościowaniem ryzyka</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>